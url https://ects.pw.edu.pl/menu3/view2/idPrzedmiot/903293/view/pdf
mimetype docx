--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -825,51 +825,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zadania dyspozytora w zakresie kierowania i sterowania ruchem kolejowym oraz pociągów metra.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>