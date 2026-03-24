--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -825,51 +825,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zadania dyspozytora w zakresie kierowania i sterowania ruchem kolejowym oraz pociągów metra.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest przygotowany teoretycznie stosować odpowiednie metody do zaprojektowania wybranego systemu srk dla wybranej stacji kolejowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>