--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -971,51 +971,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03, Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować zawartość informacyjną podstawowych dokumentów projektu urządzeń srk (plan schematyczny i zapis zależności).Potrafi zinterpretować sygnały przekazywane przez sygnalizator przytorowy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1095,67 +1095,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egz. pisemny - ocena odpowiedzi na otwarte pytania dotyczące zagadnień omawianych na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U18, Tr1A_U20, Tr1A_U06, Tr1A_U14</w:t>
+        <w:t xml:space="preserve">Tr1A_U06, Tr1A_U14, Tr1A_U18, Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UU</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zinterpretować rozwiązania techniczne i ocenić przydatność funkcji elektrycznych układów (nastawczych, kontrolnych i zależnościowych) urządzeń srk.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>