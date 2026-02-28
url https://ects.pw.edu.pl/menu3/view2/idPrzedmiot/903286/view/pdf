--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -826,331 +826,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna techniki i elementy służące do przekazywania informacji do pojazdu kolejowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egz. pisemny lub ustny - ocena odpowiedzi na otwarte pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna techniki i elementy służące do przekazywania informacji do pojazdu kolejowego</w:t>
+        <w:t xml:space="preserve">Zna parametry urządzeń i układów srk wpływające na bezpieczeństwo ruchu kolejowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz. pisemny lub ustny - ocena odpowiedzi na otwarte pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna nowe techniki stosowane w prowadzeniu ruchu kolejowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egz. pisemny lub ustny - ocena odpowiedzi na otwarte pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna parametry urządzeń i układów srk wpływające na bezpieczeństwo ruchu kolejowego</w:t>
+        <w:t xml:space="preserve">Posiada wstępną wiedzę o projektowaniu urządzeń srk</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egz. pisemny lub ustny - ocena odpowiedzi na otwarte pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna elementy wewnętrzne stosowane w sterowaniu ruchem kolejowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>