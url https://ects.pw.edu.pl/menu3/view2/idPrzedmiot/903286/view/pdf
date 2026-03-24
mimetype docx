--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -756,121 +756,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące określone cechy i zjawiska zachodzące w elementach urządzeń sterowania ruchem kolejowym</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egz. pisemny lub ustny - ocena odpowiedzi na otwarte pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna techniki i elementy służące do przekazywania informacji do pojazdu kolejowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>