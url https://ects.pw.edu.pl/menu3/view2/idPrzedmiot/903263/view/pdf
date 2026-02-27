--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -811,67 +811,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu przez studenta, a następnie obrona projektu u prowadzącego zajęcia i ocena końcowa na którą składa się: ocena z wykonanego projektu i ocena z obrony projektu. Wymagana jest średnia minimum 3,0; przy czym wymagane są pozytywne oceny cząstkowe (min 3,0).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>