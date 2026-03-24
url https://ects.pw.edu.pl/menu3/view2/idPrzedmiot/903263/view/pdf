--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -756,51 +756,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę w zakresie zasad rozmieszczania i zabezpieczania ładunków na środkach przewozowych; zna podstawowe metody: wyznaczenia liczby środków transportu, urządzeń i maszyn ładunkowych oraz obciążenia frontów ładunkowych; stosowane przy obliczaniu wskaźników mechanizacji prac ładunkowych oraz wskaźników wykorzystania środków przewozowych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -811,67 +811,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykonanie projektu przez studenta, a następnie obrona projektu u prowadzącego zajęcia i ocena końcowa na którą składa się: ocena z wykonanego projektu i ocena z obrony projektu. Wymagana jest średnia minimum 3,0; przy czym wymagane są pozytywne oceny cząstkowe (min 3,0).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna wytyczne projektowania układów torowych, drogowych oraz frontów ładunkowych. Ma szczegółową wiedzę w zakresie rozmieszczenia urządzeń i obiektów niezbędnych do prawidłowego funkcjonowania punktu ładunkowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>