--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -743,67 +743,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemnie w formie pytań otwartych lub pytań testowych. W obu przypadkach  wymagane jest udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W05</w:t>
+        <w:t xml:space="preserve">Tr1A_W05, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK, III.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK, III.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zasady i metody analizy oraz kartowania i mapowania transportu wewnętrznego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1023,51 +1023,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemnie w formie pytań otwartych lub pytań testowych. W obu przypadkach  wymagane jest udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1189,51 +1189,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi określić miarodajne natężenia przepływu materiałów na podstawie badań statystycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>