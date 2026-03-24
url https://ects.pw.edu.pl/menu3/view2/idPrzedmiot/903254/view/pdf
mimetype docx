--- v1 (2026-02-28)
+++ v2 (2026-03-24)
@@ -953,121 +953,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład – kolokwium pisemnie w formie pytań otwartych lub pytań testowych. W obu przypadkach  wymagane jest udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedze dotyczącą warunków przepływu oraz spiętrzeń w układach transportowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład – kolokwium pisemnie w formie pytań otwartych lub pytań testowych. W obu przypadkach  wymagane jest udzielenie odpowiedzi na co najmniej 51% zadanych pytań (bądź w co najmniej połowie odpowiedzieć na zadane pytanie) dotyczących danego efektu kształcenia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>