--- v0 (2026-02-27)
+++ v1 (2026-03-24)
@@ -762,51 +762,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę o ustalaniu sfer wyłącznego i uzupełniającego się działania rodzajów transportu oraz o wpływie doboru pojazdów na wydajność i koszty przewozu oraz na koszty logistyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -912,261 +912,261 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U11, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi zaprojektować zabezpieczenie ładunku na czas przewozu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie poprawności i racjonalności rozwiązań przyjętych w zakresie mocowania ładunku.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zaprojektować zabezpieczenie ładunku na czas przewozu.</w:t>
+        <w:t xml:space="preserve">Ma umiejętność wymiarowania procesów transportowych ze względu na wydajność oraz koszty przy uwzględnieniu środków transportowych rozdzielnych i zespolonych oraz warunków pracy.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie poprawności i racjonalności rozwiązań przyjętych w zakresie mocowania ładunku.</w:t>
+        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie wymiarowania procesów transportowych ze względu na wydajność i koszty, w tym poprawności zrealizowanych obliczeń.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma umiejętność wymiarowania procesów transportowych ze względu na wydajność oraz koszty przy uwzględnieniu środków transportowych rozdzielnych i zespolonych oraz warunków pracy.</w:t>
+        <w:t xml:space="preserve">Potrafi porównać technologie transportu samochodowego ze względu na wydajność i koszty transportu, jak również całkowite koszty logistyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie wymiarowania procesów transportowych ze względu na wydajność i koszty, w tym poprawności zrealizowanych obliczeń.</w:t>
+        <w:t xml:space="preserve">Ocena pracy projektowej w zakresie poprawności wnioskowania oraz rozmowa podczas obrony projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U16, Tr1A_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>