--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -825,67 +825,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę ogólną na temat obsługi pojazdów samochodowych, włącznie z diagnostyką i naprawą ich głównych układów oraz podzespołów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>