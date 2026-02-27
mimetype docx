--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -975,51 +975,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1111,67 +1111,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu, trzy pytania otwarte dotyczące materiału prezentowanego w ramach wykładu. 
 Kolokwium z ćwiczeń, obejmujące dwa zadania obliczeniowe o zakresie i skali trudności nie większej niż zaprezentowane na ćwiczeniach. Wymagane jest uzyskanie 50% maksymalnej liczby punktów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać podstawowe obliczenia z zakresu własności ruchowych pojazdu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>