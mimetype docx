--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -1111,67 +1111,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu, trzy pytania otwarte dotyczące materiału prezentowanego w ramach wykładu. 
 Kolokwium z ćwiczeń, obejmujące dwa zadania obliczeniowe o zakresie i skali trudności nie większej niż zaprezentowane na ćwiczeniach. Wymagane jest uzyskanie 50% maksymalnej liczby punktów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U02</w:t>
+        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wykonać podstawowe obliczenia z zakresu własności ruchowych pojazdu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1182,51 +1182,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium z wykładu, trzy pytania otwarte dotyczące materiału prezentowanego w ramach wykładu. 
 Kolokwium z ćwiczeń, obejmujące dwa zadania obliczeniowe o zakresie i skali trudności nie większej niż zaprezentowane na ćwiczeniach. Wymagane jest uzyskanie 50% maksymalnej liczby punktów. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>