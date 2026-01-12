--- v0 (2025-10-12)
+++ v1 (2026-01-12)
@@ -982,51 +982,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji oraz wykonanie i zrelacjonowanie projektu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U03, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U02, Tr1A_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność opracowywania procesu technologicznego produkcji i naprawy samochodu oraz procedur demontażu i montażu przykładowych podzespołów z uwzględnieniem doboru wyposażenia stanowisk naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>