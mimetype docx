--- v1 (2026-01-12)
+++ v2 (2026-01-13)
@@ -966,67 +966,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1116,67 +1116,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji oraz wykonanie i zrelacjonowanie projektu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U24, Tr1A_U02, Tr1A_U03</w:t>
+        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U03, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma umiejętność opracowywania procesu technologicznego produkcji i naprawy samochodu oraz procedur demontażu i montażu przykładowych podzespołów z uwzględnieniem doboru wyposażenia stanowisk naprawczych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>