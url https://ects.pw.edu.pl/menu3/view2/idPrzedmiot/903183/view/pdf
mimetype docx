--- v2 (2026-01-13)
+++ v3 (2026-01-13)
@@ -756,87 +756,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna własności i zasady doboru materiałów do budowy pojazdów, podstawowe sposoby kształtowania elementów pojazdów oraz metody obróbki cieplnej i cieplno-chemicznej części samochodowych.</w:t>
+        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -855,178 +925,108 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawy technologii łączenia części i montażu zespołów pojazdów oraz pokrycia techniczne, ochronne i dekoracyjne stosowane w produkcji i naprawie pojazdów.</w:t>
+        <w:t xml:space="preserve">Zna dokumentację technologiczną procesu produkcji i naprawy elementów samochodowych oraz sposoby napraw wybranych elementów pojazdów.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>