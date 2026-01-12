--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -1123,121 +1123,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi wyznaczyć wybrane parametry pojazdu jako całości oraz podstawowe charakterystyki jego układów i podukładów, a także dokonać ich interpretacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U18</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie przetwarzać i opracowywać wyniki pomiarów z uwzględnieniem zasad aproksymacji, ekstrapolacji i interpolacji oraz formułować spostrzeżenia i wnioski z przeprowadzonych badań.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>