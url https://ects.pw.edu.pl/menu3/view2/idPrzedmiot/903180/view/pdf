--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -1123,51 +1123,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22, Tr1A_U24</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi wyznaczyć wybrane parametry pojazdu jako całości oraz podstawowe charakterystyki jego układów i podukładów, a także dokonać ich interpretacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>