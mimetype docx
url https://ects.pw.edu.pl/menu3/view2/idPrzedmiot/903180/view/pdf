--- v2 (2026-02-27)
+++ v3 (2026-03-25)
@@ -1107,51 +1107,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwia pisemne lub ustne z ćwiczeń laboratoryjnych i sprawozdania z ich realizacji; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U22, Tr1A_U24</w:t>
+        <w:t xml:space="preserve">Tr1A_U22, Tr1A_U24, Tr1A_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>