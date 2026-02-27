--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -836,51 +836,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin pisemny i ustny. Wymagane jest udzielenie odpowiedzi na poziomie ocenionym na co najmniej 51% na pytania otwarte w zakresie tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1072,51 +1072,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U03, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować odpowiednie metody analityczne i symulacyjne do analizowania procesów fizycznych zachodzących w silnikach trakcyjnych. Umie interpretować wyniki obliczeń i wyciągać wnioski.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>