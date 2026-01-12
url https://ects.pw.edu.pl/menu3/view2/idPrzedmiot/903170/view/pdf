--- v0 (2025-10-10)
+++ v1 (2026-01-12)
@@ -965,51 +965,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne nr 2 z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia lub ich fragmenty w zakresie tematycznym tego efektu.
 Kolokwium pisemne nr 2 z ćwiczeń audytoryjnych, warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za zadania lub ich fragmenty w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1202,51 +1202,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi poprawnie używać pojęć i porozumiewać się w środowisku zawodowym z użyciem specjalistycznej terminologii dotyczącej teorii ruchu samochodu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>