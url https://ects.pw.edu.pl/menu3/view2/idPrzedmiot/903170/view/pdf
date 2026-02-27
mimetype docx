--- v1 (2026-01-12)
+++ v2 (2026-02-27)
@@ -823,67 +823,67 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne nr 1 z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia lub ich fragmenty w zakresie tematycznym tego efektu.
 Kolokwium pisemne nr 1 z ćwiczeń audytoryjnych, warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za zadania lub ich fragmenty w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat mechaniki procesu hamowania samochodu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -965,51 +965,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Kolokwium pisemne nr 2 z wykładu; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za polecenia lub ich fragmenty w zakresie tematycznym tego efektu.
 Kolokwium pisemne nr 2 z ćwiczeń audytoryjnych, warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za zadania lub ich fragmenty w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>