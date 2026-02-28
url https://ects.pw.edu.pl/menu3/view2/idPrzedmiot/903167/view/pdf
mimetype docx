--- v0 (2026-01-12)
+++ v1 (2026-02-28)
@@ -763,611 +763,611 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie zasadę działania oraz system recyklingu samochodów w Polsce</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna i rozumie zasadę działania oraz system recyklingu samochodów w Polsce</w:t>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie recyklingu poszczególnych rodzajów materiałów i zespołów stosowanych w budowie samochodów </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie metod recyklingu poszczególnych elementów samochodów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowaną wiedzę w zakresie stosowanych urządzeń do recyklingu pojazdów samochodowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna trendy rozwojowe w budowie samochodów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt ,cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma wiedzę w zakresie nowoczesnych tworzyw sprzyjających recyklingowi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Posiada wiedzę na temat komputerowych systemów wspomagania recyklingu samochodów </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma uporządkowana wiedzę z zakresu oddziaływania szkodliwych materiałów eksploatacyjnych samochodów na środowisko naturalne</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ćwiczenia laboratoryjne – projekt, cz. ustna</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W09</w:t>
-      </w:r>
-[...488 lines deleted...]
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>