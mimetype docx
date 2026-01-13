--- v0 (2025-10-11)
+++ v1 (2026-01-13)
@@ -814,427 +814,427 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie znaczenie trybologii w ocenie zasobów pracy oraz bezpieczeństwa jak równiez wie na czym polega monitorowanie oraz przetwarzanie informacji z procesu eksploatacji.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie trybologii w ocenie zasobów pracy oraz bezpieczeństwa jak równiez wie na czym polega monitorowanie oraz przetwarzanie informacji z procesu eksploatacji.</w:t>
+        <w:t xml:space="preserve">Wie i rozumie na czym polega identyfikacja modeli matematycznych obiektów i procesów w zakresie niezawodności oraz bezpieczeństwa, zna również  metody ekspertowe i sztucznej inteligencji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie i rozumie na czym polega identyfikacja modeli matematycznych obiektów i procesów w zakresie niezawodności oraz bezpieczeństwa, zna również  metody ekspertowe i sztucznej inteligencji.</w:t>
+        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić  zasoby pracy technicznych środków transportu i stosować istniejące rozwiązania techniczne i informatyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
+        <w:t xml:space="preserve">Zajęcia projektowe - wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>