--- v1 (2026-01-13)
+++ v2 (2026-02-28)
@@ -814,67 +814,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie trybologii w ocenie zasobów pracy oraz bezpieczeństwa jak równiez wie na czym polega monitorowanie oraz przetwarzanie informacji z procesu eksploatacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -970,271 +970,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych.</w:t>
+        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie znaczenie badań prenormatywneych oraz normatywne okresy technicznej eksploatacji środków transportu. Kontrole bezpieczeństwa funkcjonowania środków transportu.</w:t>
+        <w:t xml:space="preserve">Potrafi ocenić  zasoby pracy technicznych środków transportu i stosować istniejące rozwiązania techniczne i informatyczne.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
+        <w:t xml:space="preserve">Zajęcia projektowe - wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W10, Tr1A_W13</w:t>
+        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi projektować  oraz modernizować systemy oceny niezawodności i bezpieczeństwa.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>