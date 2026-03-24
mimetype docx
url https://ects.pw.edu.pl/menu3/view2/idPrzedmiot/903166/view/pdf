--- v2 (2026-02-28)
+++ v3 (2026-03-24)
@@ -954,67 +954,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład i ćwiczenia audytoryjne - egzamin pisemny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna standardy bezpieczeństwa wg polskich i międzynarodowych norm w zakresie środków transportu i infrastruktury oraz homologację i testy dopuszczeniowe, standardy, testy i monitoring dla pojazdów lądowych i statków powietrznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1174,51 +1174,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zajęcia projektowe - wykonanie projektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U09, Tr1A_U10, Tr1A_U08</w:t>
+        <w:t xml:space="preserve">Tr1A_U08, Tr1A_U09, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>