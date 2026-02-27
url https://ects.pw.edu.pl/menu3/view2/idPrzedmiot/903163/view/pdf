--- v0 (2026-01-13)
+++ v1 (2026-02-27)
@@ -759,331 +759,331 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02	: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia diagnostyki: stany zdatności i niezdatności, uszkodzenie, awaria, symptom.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - egzamin pisemny składający się z trzech części (część dotycząca transportu drogowego, część dotycząca transportu szynowego, część dotycząca transportu powietrznego) bądź egzamin ustny; opcjonalnie trzy kolokwia pisemne jako bieżąca kontrola wyników nauczania z trzech części wykładu, przeprowadzane na końcu zajęć z każdej części przedmiotu lub w terminach uzgodnionych ze studentami. Ocena końcowa z wykładu jest średnią arytmetyczną z trzech cząstkowych ocen zaliczających każdą z trzech części wykładu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02	: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia diagnostyki: stany zdatności i niezdatności, uszkodzenie, awaria, symptom.</w:t>
+        <w:t xml:space="preserve">Zna cechy i własności sygnałów drganiowych i wibroakustycznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny składający się z trzech części (część dotycząca transportu drogowego, część dotycząca transportu szynowego, część dotycząca transportu powietrznego) bądź egzamin ustny; opcjonalnie trzy kolokwia pisemne jako bieżąca kontrola wyników nauczania z trzech części wykładu, przeprowadzane na końcu zajęć z każdej części przedmiotu lub w terminach uzgodnionych ze studentami. Ocena końcowa z wykładu jest średnią arytmetyczną z trzech cząstkowych ocen zaliczających każdą z trzech części wykładu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03	: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna cechy i własności sygnałów drganiowych i wibroakustycznych.</w:t>
+        <w:t xml:space="preserve">Ma wiedzę na temat wykorzystania modeli w procesie diagnozowania.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny składający się z trzech części (część dotycząca transportu drogowego, część dotycząca transportu szynowego, część dotycząca transportu powietrznego) bądź egzamin ustny; opcjonalnie trzy kolokwia pisemne jako bieżąca kontrola wyników nauczania z trzech części wykładu, przeprowadzane na końcu zajęć z każdej części przedmiotu lub w terminach uzgodnionych ze studentami. Ocena końcowa z wykładu jest średnią arytmetyczną z trzech cząstkowych ocen zaliczających każdą z trzech części wykładu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04	: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma wiedzę na temat wykorzystania modeli w procesie diagnozowania.</w:t>
+        <w:t xml:space="preserve">Zna budowę i metody diagnozowania technicznych środków transportu szynowego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - egzamin pisemny składający się z trzech części (część dotycząca transportu drogowego, część dotycząca transportu szynowego, część dotycząca transportu powietrznego) bądź egzamin ustny; opcjonalnie trzy kolokwia pisemne jako bieżąca kontrola wyników nauczania z trzech części wykładu, przeprowadzane na końcu zajęć z każdej części przedmiotu lub w terminach uzgodnionych ze studentami. Ocena końcowa z wykładu jest średnią arytmetyczną z trzech cząstkowych ocen zaliczających każdą z trzech części wykładu. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna budowę i metody diagnozowania technicznych środków transportu powietrznego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>