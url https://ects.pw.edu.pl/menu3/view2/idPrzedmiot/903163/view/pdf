--- v1 (2026-02-27)
+++ v2 (2026-03-24)
@@ -759,51 +759,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna podstawowe pojęcia diagnostyki: stany zdatności i niezdatności, uszkodzenie, awaria, symptom.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1259,51 +1259,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02	: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować procedury diagnozowania stanu technicznego środka transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>