--- v0 (2025-10-11)
+++ v1 (2026-01-11)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Forma weryfikacji efektów pisemna lub ustna; ocena formująca: 2 sprawdziany /każdy/ 3 otwarte pytania , na ocenę dostateczną wymagana jest pełna odpowiedź na 2 lub częściowa na 3 pytania, fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych, na ocenę dostateczną wymagana jest pełna odpowiedź na 4 lub częściowa na 6 pytań;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W12</w:t>
+        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>