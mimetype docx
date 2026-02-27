--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -814,51 +814,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Forma weryfikacji efektów pisemna lub ustna; ocena formująca: 2 sprawdziany /każdy/ 3 otwarte pytania , na ocenę dostateczną wymagana jest pełna odpowiedź na 2 lub częściowa na 3 pytania, fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych, na ocenę dostateczną wymagana jest pełna odpowiedź na 4 lub częściowa na 6 pytań;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W12, Tr1A_W08</w:t>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -894,67 +894,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocenie podlega  10 ćwiczeń w ramach których wymagane jest wykonanie wirtualnych modeli, przeprowadzenie analiz oraz prezentacja  i wyjaśnienie otrzymanych wyników symulacji /na ocenę dostateczną wymagane jest zdobycie 6 z 10 (lub 12 z 20) możliwych punktów z każdego z ocenianych ćwiczeń/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U02, Tr1A_U10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  zaplanować i przeprowadzić analizę kinematyczną i dynamiczną prostych mechanizmów wykorzystując współczesne narzędzia. Potrafi  prezentować i interpretować uzyskane wyniki analiz.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>