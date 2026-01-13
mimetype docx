--- v0 (2026-01-13)
+++ v1 (2026-01-13)
@@ -893,67 +893,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Sprawdzian umiejętności - wykonanie zadania w systemie CAD z wykorzystaniem komputera. Wymagane jest otrzymanie 6 pkt. z możliwych 10. Ocena fakultatywna - projekt indywidualny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U11, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać symulacje komputerowe z wykorzystaniem technik CAD/MES, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>