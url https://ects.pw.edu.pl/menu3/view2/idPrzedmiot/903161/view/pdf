--- v1 (2026-01-13)
+++ v2 (2026-03-24)
@@ -743,217 +743,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W10, Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, I.P6S_WK, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metody analizy MES w programach CAD</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metody analizy MES w programach CAD</w:t>
+        <w:t xml:space="preserve">Posiada umiejętność wykorzystania oprogramowania CAx w rozwiązywaniu zadań inżynierskich</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena formująca: 2 pisemne lub ustne sprawdziany po 3 pytania dotyczące wybranych zagadnień teoretycznych; fakultatywna ocena podsumowująca: pisemny sprawdzian zawierający 6 pytań otwartych;  wymagana odpowiedź na co najmniej 50% pytań .</w:t>
+        <w:t xml:space="preserve">Sprawdzian umiejętności - wykonanie zadania w systemie CAD z wykorzystaniem komputera. Wymagane jest otrzymanie 6 pkt. z możliwych 10. Ocena fakultatywna - projekt indywidualny. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi planować i przeprowadzać symulacje komputerowe z wykorzystaniem technik CAD/MES, interpretować uzyskane wyniki i wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>