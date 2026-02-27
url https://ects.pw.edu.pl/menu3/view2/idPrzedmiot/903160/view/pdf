--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -752,71 +752,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Rozumie podstawowe pojęcia  wybranych zagadnień prawnych w ochronie środowiska w transporcie „Biała Księga” Komisji Europejskiej, „Zielona Księga” Komisji Europejskiej, „Złota Księga</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Rozumie podstawowe pojęcia  wybranych zagadnień prawnych w ochronie środowiska w transporcie „Biała Księga” Komisji Europejskiej, „Zielona Księga” Komisji Europejskiej, „Złota Księga</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie efektów wywołanych w skali globalnej, efekt cieplarniany, globalne ocieplenie, udział transportu, energetyki, przemysłu i rolnictwa w produkcji oraz działaniu na rzecz redukcji emisji gazów cieplarnianych.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -835,128 +905,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie efektów wywołanych w skali globalnej, efekt cieplarniany, globalne ocieplenie, udział transportu, energetyki, przemysłu i rolnictwa w produkcji oraz działaniu na rzecz redukcji emisji gazów cieplarnianych.  </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat zjawisk zachodzących w skali kontynentalnej i regionalnej transgraniczne przenoszenie zanieczyszczeń powietrza: związków węgla, siarki, azotu i cząstek stałych w Polsce i Europie, szkodliwy wpływ na zdrowie człowieka. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat zjawisk zachodzących w skali kontynentalnej i regionalnej transgraniczne przenoszenie zanieczyszczeń powietrza: związków węgla, siarki, azotu i cząstek stałych w Polsce i Europie, szkodliwy wpływ na zdrowie człowieka. </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat procesu zanieczyszczenia środowiska na skutek oddziaływania transportu lądowego, morskiego i lotniczego.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -975,58 +1045,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat procesu zanieczyszczenia środowiska na skutek oddziaływania transportu lądowego, morskiego i lotniczego.</w:t>
+        <w:t xml:space="preserve">Posiada wiedzę w zakresie klasyfikacji  źródeł i zagrożenia drganiami mechanicznymi i hałasem w środowisku transportowym oraz metody obniżenia ich szkodliwego poziomu. Zna  oceny ryzyka zawodowego i  podstawowe kryteria oceny. Posiada podstawy  modelowania i symulacji oddziaływania drgań w układzie człowiek-pojazd-środowisko.  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1045,128 +1115,128 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę w zakresie klasyfikacji  źródeł i zagrożenia drganiami mechanicznymi i hałasem w środowisku transportowym oraz metody obniżenia ich szkodliwego poziomu. Zna  oceny ryzyka zawodowego i  podstawowe kryteria oceny. Posiada podstawy  modelowania i symulacji oddziaływania drgań w układzie człowiek-pojazd-środowisko.  </w:t>
+        <w:t xml:space="preserve">Posiada wiedzę na temat ochrony przed zanieczyszczeniem środowiska materiałami eksploatacyjnymi i   emisją szkodliwych substancji ze środków transportu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada wiedzę na temat ochrony przed zanieczyszczeniem środowiska materiałami eksploatacyjnymi i   emisją szkodliwych substancji ze środków transportu.</w:t>
+        <w:t xml:space="preserve">Posiada ogólną znajomość podstawowych zagadnień prawnych i gospodarki produktami powstałymi w wyniku eksploatacji i recyklingu pojazdów wycofanych z eksploatacji.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1185,58 +1255,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Posiada ogólną znajomość podstawowych zagadnień prawnych i gospodarki produktami powstałymi w wyniku eksploatacji i recyklingu pojazdów wycofanych z eksploatacji.</w:t>
+        <w:t xml:space="preserve">Wypadki komunikacyjne i ich skutki społeczne i dla środowiska. Nadzwyczajne zagrożenia ekologiczne w transporcie, ratownictwo techniczne. Podstawowe zagrożenia środowiska transportem towarów niebezpiecznych, monitoring środowiska</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1255,688 +1325,618 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wypadki komunikacyjne i ich skutki społeczne i dla środowiska. Nadzwyczajne zagrożenia ekologiczne w transporcie, ratownictwo techniczne. Podstawowe zagrożenia środowiska transportem towarów niebezpiecznych, monitoring środowiska</w:t>
+        <w:t xml:space="preserve">Podstawowe metody ochrony i redukcji zagrożeń środowiska naturalnego na etapie planowania i eksploatacji systemów transportowych  Raport  o oddziaływaniu inwestycji transportowych na środowisko. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, I.P6S_WK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Podstawowe metody ochrony i redukcji zagrożeń środowiska naturalnego na etapie planowania i eksploatacji systemów transportowych  Raport  o oddziaływaniu inwestycji transportowych na środowisko. </w:t>
+        <w:t xml:space="preserve">Potrafi zharmonizować politykę transportową pod kątem równowagi ekologicznej,  promując transport publiczny.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09, Tr1A_W10</w:t>
+        <w:t xml:space="preserve">Tr1A_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić skutki oddziaływania  substancji z emisji  z silników spalinowych na zanieczyszczenie środowiska</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U20</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie zastosować podstawowe pojęcia prawne i przepisy krajowe i UE w ochronie środowiska w transporcie.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Umie samodzielnie w oparciu literaturę opracować plan raportu o oddziaływaniu wybranych inwestycji  transportowych na środowisko .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi zharmonizować politykę transportową pod kątem równowagi ekologicznej,  promując transport publiczny.</w:t>
+        <w:t xml:space="preserve">Potrafi  korzystać z literatury fachowej w celu podnoszenia umiejętności zawodowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U06</w:t>
+        <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UU</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić skutki oddziaływania  substancji z emisji  z silników spalinowych na zanieczyszczenie środowiska</w:t>
+        <w:t xml:space="preserve">Przyjmuje i kształtuje pozytywne postawy dla ochrony środowiska w transporcie.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">obserwacja</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_K04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Stosuje  inżynierskie podejście do problemów technicznych w obniżaniu szkodliwych poziomów drgań i hałasu oparciu o przyjęte poziomy normatywne  i prawne.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">egzamin pisemny oraz ew. egzamin ustny</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U20</w:t>
+        <w:t xml:space="preserve">Tr1A_K02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...218 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">