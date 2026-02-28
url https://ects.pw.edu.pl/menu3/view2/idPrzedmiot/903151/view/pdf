--- v0 (2026-01-13)
+++ v1 (2026-02-28)
@@ -1181,271 +1181,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_U22</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wyznaczonego zadania i zadań innych uczestników seminarium</w:t>
+        <w:t xml:space="preserve">Potrafi korzystać z kart katalogowych, norm i dokumentacji technicznych w celu dobrania odpowiednich komponentów projektowanego elementu, urządzenia, układu lub systemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena treści prezentacji i udziału w dyskusjach</w:t>
+        <w:t xml:space="preserve">ocena treści prezentacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U22</w:t>
+        <w:t xml:space="preserve">Tr1A_U25</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi korzystać z kart katalogowych, norm i dokumentacji technicznych w celu dobrania odpowiednich komponentów projektowanego elementu, urządzenia, układu lub systemu</w:t>
+        <w:t xml:space="preserve">Rozumie potrzebę uczenia się przez całe życie w celu podnoszenia swoich kompetencji zawodowych i osobistych. Ma świadomość poziomu swojej wiedzy i umiejętności, rozumie konieczność dalszego doskonalenia się zawodowego i rozwoju osobistego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ocena treści prezentacji</w:t>
+        <w:t xml:space="preserve">ocena treści prezentacji oraz udziału w dyskusjach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U25</w:t>
+        <w:t xml:space="preserve">Tr1A_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Jest gotów do formułowania i przekazywania informacji dotyczących własnej pracy i opinii dotyczących działań innych osób w sposób zrozumiały.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>