--- v0 (2025-10-09)
+++ v1 (2026-01-13)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić wybrane istniejące specjalistyczne rozwiązania techniczne i urządzenia, obiekty, systemy, procesy lub usługi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1039,51 +1039,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_U20</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi ocenić przydatność rutynowych metod i narzędzi służących do rozwiązania wybranego prostego zadania inżynierskiego o charakterze praktycznym, oraz wybrać i zastosować właściwą metodę i narzędzia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>