--- v1 (2026-01-13)
+++ v2 (2026-02-27)
@@ -749,201 +749,201 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma szczegółową wiedzę dotyczącą wybranych urządzeń, obiektów, systemów, procesów i usług w zakresie realizowanej praktyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena sprawozdania z praktyki i potwierdzenia z miejsca realizacji praktyki.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma szczegółową wiedzę dotyczącą wybranych urządzeń, obiektów, systemów, procesów i usług w zakresie realizowanej praktyki.</w:t>
+        <w:t xml:space="preserve">Potrafi pracować w środowisku transportowym oraz zna zasady bezpieczeństwa związane z tą pracą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ocena sprawozdania z praktyki i potwierdzenia z miejsca realizacji praktyki.</w:t>
+        <w:t xml:space="preserve">Ocena sprawozdania z praktyki i potwierdzenia z miejsca realizacji praktyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W09</w:t>
+        <w:t xml:space="preserve">Tr1A_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, I.P6S_UK, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dokonać krytycznej analizy sposobu funkcjonowania i ocenić wybrane istniejące specjalistyczne rozwiązania techniczne i urządzenia, obiekty, systemy, procesy lub usługi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>