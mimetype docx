--- v2 (2026-02-27)
+++ v3 (2026-03-24)
@@ -749,51 +749,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma szczegółową wiedzę dotyczącą wybranych urządzeń, obiektów, systemów, procesów i usług w zakresie realizowanej praktyki.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>