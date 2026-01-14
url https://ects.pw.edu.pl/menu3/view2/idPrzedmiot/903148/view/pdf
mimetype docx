--- v0 (2025-10-10)
+++ v1 (2026-01-14)
@@ -1044,67 +1044,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ćwiczenia - kolokwium pisemne 1, warunkiem minimalnym osiągnięcia efektu jest poprawne rozwiązanie zadań na kolokwium na poziomie ocenionym na powyżej 50%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U12, Tr1A_U03, Tr1A_U11</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U11, Tr1A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać systemy eksploatacyjne obiektów technicznych w zakresie ich użytkowania i utrzymania gotowości i charakteryzuje wielostanowe procesy eksploatacji, stosując właściwe miary i wyznacza ich wartości, posługując się poprawną terminologią.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>