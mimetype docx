--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -824,87 +824,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - kolokwium pisemne 1; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytanie lub pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W11, Tr1A_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe modele pozwalające opisywać wielostanowe procesy eksploatacji, w tym ich podstawowe miary.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wykład - kolokwium pisemne 2; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytanie lub pytania w zakresie tematycznym tego efektu.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe modele pozwalające opisywać wielostanowe procesy eksploatacji, w tym ich podstawowe miary.</w:t>
+        <w:t xml:space="preserve">Zna główne zasady kształtowania strategii eksploatacyjnych systemów technicznych.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Wykład - kolokwium pisemne 2; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytanie lub pytania w zakresie tematycznym tego efektu.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -915,196 +985,126 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W08, Tr1A_W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna główne zasady kształtowania strategii eksploatacyjnych systemów technicznych.</w:t>
+        <w:t xml:space="preserve">Potrafi wykonać analizę i syntezę złożonych obiektów technicznych o rozmaitych strukturach niezawodnościowych; potrafi oszacować funkcyjne i liczbowe wskaźniki niezawodności obiektów prostych i złożonych na podstawie wyników badań eksploatacyjnych, posługując się poprawną terminologią.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wykład - kolokwium pisemne 2; warunkiem minimalnym osiągnięcia efektu jest uzyskanie wskaźnika jakościowego oceny powyżej 50% za pytanie lub pytania w zakresie tematycznym tego efektu.</w:t>
+        <w:t xml:space="preserve">Ćwiczenia - kolokwium pisemne 1, warunkiem minimalnym osiągnięcia efektu jest poprawne rozwiązanie zadań na kolokwium na poziomie ocenionym na powyżej 50%.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W08, Tr1A_W11</w:t>
+        <w:t xml:space="preserve">Tr1A_U03, Tr1A_U11, Tr1A_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opisać systemy eksploatacyjne obiektów technicznych w zakresie ich użytkowania i utrzymania gotowości i charakteryzuje wielostanowe procesy eksploatacji, stosując właściwe miary i wyznacza ich wartości, posługując się poprawną terminologią.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>