--- v0 (2026-01-12)
+++ v1 (2026-02-27)
@@ -756,121 +756,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące elementy elektroniczne analogowe i cyfrowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, 3 pytania, wymagane jest udzielenie odpowiedzi na przynajmniej 2 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zależności matematyczne opisujące działanie elementów elektronicznych analogowych i cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>