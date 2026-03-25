--- v1 (2026-02-27)
+++ v2 (2026-03-25)
@@ -740,137 +740,137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, 3 pytania, wymagane jest udzielenie odpowiedzi na przynajmniej 2 pytania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_W06, Tr1A_W07</w:t>
+        <w:t xml:space="preserve">Tr1A_W07, Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna wielkości (parametry) charakteryzujące elementy elektroniczne analogowe i cyfrowe</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, 3 pytania, wymagane jest udzielenie odpowiedzi na przynajmniej 2 pytania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna zależności matematyczne opisujące działanie elementów elektronicznych analogowych i cyfrowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>