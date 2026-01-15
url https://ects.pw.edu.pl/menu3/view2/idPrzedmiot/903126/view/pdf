--- v0 (2026-01-12)
+++ v1 (2026-01-15)
@@ -803,191 +803,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie podstawowe zagadnienia dotyczące elementów amortyzujących w tym sprężyn i elementów podatnych oraz podstawy ich obliczeń. Ma wiedzę w zakresie parametrów wytrzymałościowych charakteryzujących materiały konstrukcyjne, rodzajów obciążeń oraz obliczania naprężeń rzeczywistych i dopuszczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - egzamin;    polecenie na egzaminie wymaga przedstawienia parametrów charakteryzujących materiały konstrukcyjne ich jednostek i zastosowania do obliczeń naprężeń dopuszczalnych.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna i rozumie zasady obliczeń różnych rodzajów połączeń (spawane, gwintowe, sworzniowe, wpustowe, kołkowe, wciskowe) i metod ich obliczeń. Posiada wiedzę o łożyskach tocznych oraz zasadach doboru łożysk z normy (katalogu) do zadanej konstrukcji maszynowej.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">wykład  - egzamin; polecenie na egzaminie wymaga przedstawienia sposobu obliczeń wybranego rodzaju połączenia oraz przedstawienia sposobu doboru łożyska tocznego z katalogu. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Tr1A_W07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie zasady projektowania przekładni zębatych oraz metodykę podstawowych obliczeń wytrzymałościowych przekładni zębatej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>