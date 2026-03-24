--- v1 (2026-01-15)
+++ v2 (2026-03-24)
@@ -943,51 +943,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Tr1A_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna i rozumie zasady projektowania przekładni zębatych oraz metodykę podstawowych obliczeń wytrzymałościowych przekładni zębatej.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1217,67 +1217,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, pytania wymagają wykazania się ogólną znajomością zawartości norm omawianych na wykładzie i znajomością zakresu obliczeń elementów pracujących w złożonym układzie obciążeń. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Tr1A_U10, Tr1A_U21</w:t>
+        <w:t xml:space="preserve">Tr1A_U21, Tr1A_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>