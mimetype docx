--- v0 (2025-12-25)
+++ v1 (2026-02-04)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W09, K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą usług administracji publicznej, ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności w skali krajowej  i europejskiej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -817,67 +817,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -887,67 +887,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10, K_W04, K_W09</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.T.P6S_WG, II.S.P6S_WG.1, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
@@ -967,207 +967,207 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_U09, K_U10, K_U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej zgodnie z ich wymaganym bezpieczeństwem, jakością i interoperacyjnością. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_U04, K_U09, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej zgodnie z ich wymaganym bezpieczeństwem, jakością i interoperacyjnością. </w:t>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych w administracji publicznej na potrzeby świadczenia e-usług. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U04, K_U09, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+        <w:t xml:space="preserve">II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1, I.P6S_UW</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>