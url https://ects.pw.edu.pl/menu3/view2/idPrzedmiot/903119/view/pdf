--- v1 (2026-02-04)
+++ v2 (2026-02-28)
@@ -747,67 +747,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W09, K_W04</w:t>
+        <w:t xml:space="preserve">K_W04, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WK, II.T.P6S_WG, I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada wiedzę dotyczącą usług administracji publicznej, ich jakości, bezpieczeństwa i potrzeb zapewnienia interoperacyjności w skali krajowej  i europejskiej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -817,437 +817,437 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W09, K_W10, K_W04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W_03: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury i problemy wymiany danych na potrzeby świadczenia e-usług administracji publicznej. </w:t>
+        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W04, K_W09, K_W10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U04, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG, II.X.P6S_WG.2, II.S.P6S_WG.2, II.H.P6S_WG.1.o, I.P6S_WK, II.T.P6S_WG, II.S.P6S_WG.1</w:t>
+        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_02 : </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować usługi administracji publicznej zgodnie z ich wymaganym bezpieczeństwem, jakością i interoperacyjnością. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U_03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Potrafi stosować wymagane struktury danych w administracji publicznej na potrzeby świadczenia e-usług. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_U04, K_U09, K_U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o, II.H.P6S_UW.1</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U_01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K_01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Potrafi interpretować i stosować zasady oraz zalecenia wskazane w europejskich i krajowych ramach interoperacyjności.</w:t>
+        <w:t xml:space="preserve">Jest świadomy potrzeby wdrożenia i stosowania w praktyce europejskich i krajowych ram interoperacyjności systemów teleinformatycznych administracji publicznej. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wystąpień w toku ćwiczeń. Ocena uprzednio przygotowanych i wygłoszonych prezentacji wykładanych zagadnień zalecanych przez prowadzącego. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U10, K_U04</w:t>
+        <w:t xml:space="preserve">K_K07, K_K10, K_K06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">II.H.P6S_UW.1, I.P6S_UW, II.T.P6S_UW.2, II.S.P6S_UW.1, II.S.P6S_UW.2.o, II.S.P6S_UW.3.o</w:t>
-[...219 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KO</w:t>
+        <w:t xml:space="preserve">I.P6S_KO, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K_02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi stosować e-usługi administracji publicznej z zachowaniem ich bezpieczeństwa, wymaganej jakości i interoperacyjności. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>