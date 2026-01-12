--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -772,67 +772,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08, K_W13, K_W06</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZAMO_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -852,67 +852,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie serii laboratoriów z przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U04, K_U05, K_U10</w:t>
+        <w:t xml:space="preserve">K_U05, K_U10, K_U01, K_U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZAMO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę przetwarzania danych optycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>