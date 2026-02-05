--- v1 (2026-01-12)
+++ v2 (2026-02-05)
@@ -852,67 +852,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie serii laboratoriów z przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U10, K_U01, K_U04</w:t>
+        <w:t xml:space="preserve">K_U04, K_U05, K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UK, P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZAMO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi dobrać właściwą ścieżkę przetwarzania danych optycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>