--- v3 (2026-02-27)
+++ v4 (2026-03-23)
@@ -772,67 +772,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie dwóch kolokwiów z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W13, K_W06, K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W06, K_W07, K_W08, K_W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka WZAMO_2st_U01: </w:t>
       </w:r>
     </w:p>