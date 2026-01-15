--- v0 (2025-11-01)
+++ v1 (2026-01-15)
@@ -935,51 +935,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U01, K_U11, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UW.o, I.P7S_UK, P7U_U, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i prowadzić eksperymenty w zakresie weryfikacji funkcjonalności sensorycznej nowoczesnych materiałów oraz analizować uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>