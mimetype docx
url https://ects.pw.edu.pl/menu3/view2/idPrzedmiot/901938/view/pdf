--- v1 (2026-01-15)
+++ v2 (2026-02-05)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U11, K_U15</w:t>
+        <w:t xml:space="preserve">K_U11, K_U15, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i prowadzić eksperymenty w zakresie weryfikacji funkcjonalności sensorycznej nowoczesnych materiałów oraz analizować uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>