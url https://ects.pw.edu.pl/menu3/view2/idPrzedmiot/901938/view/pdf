--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U11, K_U15, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U11, K_U15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zaplanować i prowadzić eksperymenty w zakresie weryfikacji funkcjonalności sensorycznej nowoczesnych materiałów oraz analizować uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -989,67 +989,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonanego projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U03, K_U08, K_U13</w:t>
+        <w:t xml:space="preserve">K_U13, K_U03, K_U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TWC_2st_K01: </w:t>
       </w:r>
     </w:p>