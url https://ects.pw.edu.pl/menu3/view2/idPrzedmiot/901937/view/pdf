--- v0 (2026-01-13)
+++ v1 (2026-02-06)
@@ -917,67 +917,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05, K_U08</w:t>
+        <w:t xml:space="preserve">K_U05, K_U08, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RIM2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  zastosować techniki projektowania komputerowego w projektowaniu specjalistycznego urządzenia mechatronicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1067,51 +1067,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_K03, K_K05, K_K02</w:t>
+        <w:t xml:space="preserve">K_K02, K_K03, K_K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>