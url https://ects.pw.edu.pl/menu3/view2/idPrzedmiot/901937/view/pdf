--- v1 (2026-02-06)
+++ v2 (2026-02-27)
@@ -917,67 +917,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie ćwiczeń laboratoryjnych i projektu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U08, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U08, K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">I.P7S_UW.o, III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka RIM2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi  zastosować techniki projektowania komputerowego w projektowaniu specjalistycznego urządzenia mechatronicznego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>