--- v0 (2025-10-29)
+++ v1 (2026-02-06)
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne i domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01, K_U03</w:t>
+        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować, opracować i modyfikować modele matematyczne systemów, zjawisk i procesów - do analizy i syntezy drgań badanych układów mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>