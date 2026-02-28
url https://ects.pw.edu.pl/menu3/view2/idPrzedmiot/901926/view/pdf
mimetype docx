--- v1 (2026-02-06)
+++ v2 (2026-02-28)
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę z zakresie oceny oraz dokumentowania przeprowadzonych badań i analiz drgań układów mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>