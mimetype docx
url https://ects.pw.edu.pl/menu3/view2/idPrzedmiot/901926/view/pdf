--- v2 (2026-02-28)
+++ v3 (2026-03-21)
@@ -854,51 +854,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W06, K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Posiada pogłębioną wiedzę z zakresie oceny oraz dokumentowania przeprowadzonych badań i analiz drgań układów mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -988,67 +988,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zadania laboratoryjne i domowe</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U03, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01, K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka DiF_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi zastosować, opracować i modyfikować modele matematyczne systemów, zjawisk i procesów - do analizy i syntezy drgań badanych układów mechanicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>