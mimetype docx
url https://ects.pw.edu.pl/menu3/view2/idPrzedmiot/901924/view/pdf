--- v0 (2025-10-31)
+++ v1 (2026-01-12)
@@ -772,51 +772,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASS-W2: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna sposoby projektowania systemów i urządzeń automatycznych urządzeń i systemów sprzedaży oraz doboru sposobu płatności umożliwiającego automatyczny zakup produktów lub usług</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1272,51 +1272,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASS-U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować systemy i urządzenia optoelektroniczne systemach sprzedaży</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>