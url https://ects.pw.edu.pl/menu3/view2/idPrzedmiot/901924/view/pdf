--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -912,51 +912,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASS-W4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę na temat tendencji rozwojowych systemów i urządzeń służących do automatycznej sprzedaży  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1272,51 +1272,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ASS-U4: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować systemy i urządzenia optoelektroniczne systemach sprzedaży</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>