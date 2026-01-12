--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TALV_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi opracować, uruchomić i sprawdzić aplikację w środowisku LabVIEW.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -925,67 +925,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania ćwiczeń laboratoryjnych przez prowadzącego.
 Ocena pracy domowej – miniprojektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U10</w:t>
+        <w:t xml:space="preserve">K_U10, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TALV_2st_K01: </w:t>
       </w:r>
     </w:p>