--- v1 (2026-01-12)
+++ v2 (2026-02-08)
@@ -925,67 +925,67 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ocena wykonania ćwiczeń laboratoryjnych przez prowadzącego.
 Ocena pracy domowej – miniprojektu.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U10, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TALV_2st_K01: </w:t>
       </w:r>
     </w:p>