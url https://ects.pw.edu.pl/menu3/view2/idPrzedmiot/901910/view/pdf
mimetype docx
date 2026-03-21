--- v2 (2026-02-08)
+++ v3 (2026-03-21)
@@ -787,51 +787,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka TALV_2st_U01: </w:t>
       </w:r>
     </w:p>