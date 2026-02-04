--- v0 (2026-01-12)
+++ v1 (2026-02-04)
@@ -929,67 +929,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U14, K_U02, K_U04</w:t>
+        <w:t xml:space="preserve">K_U14, K_U02, K_U04, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UU, P7U_U, I.P7S_UW.o, III.P7S_UW.o, I.P7S_UK, I.P7S_UO</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować techniki optoelektroniczne w projektowanych systemach i podczas ich badań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>