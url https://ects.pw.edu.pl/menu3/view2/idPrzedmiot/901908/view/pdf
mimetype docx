--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -779,217 +779,217 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W07, K_W08</w:t>
+        <w:t xml:space="preserve">K_W08, K_W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Ma pogłębioną, podbudowaną teoretycznie wiedzę na temat działania oraz budowy pomiarowych systemów optyczno - informatycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie, zaliczenie projektu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Ma pogłębioną, podbudowaną teoretycznie wiedzę na temat działania oraz budowy pomiarowych systemów optyczno - informatycznych</w:t>
+        <w:t xml:space="preserve">Potrafi, pracując indywidualnie lub w zespole, ocenić pracochłonność zadania i opracować harmonogram jego realizacji; może pokierować pracą zespołu prowadzącego projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie, zaliczenie projektu</w:t>
+        <w:t xml:space="preserve">Zaliczenie projektu </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_U02, K_U04, K_U05, K_U14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO, I.P7S_UU, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie zastosować techniki optoelektroniczne w projektowanych systemach i podczas ich badań </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>