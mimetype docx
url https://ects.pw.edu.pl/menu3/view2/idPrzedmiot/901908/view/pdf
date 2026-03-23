--- v2 (2026-02-27)
+++ v3 (2026-03-23)
@@ -779,67 +779,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin z materiału omawianego na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08, K_W07</w:t>
+        <w:t xml:space="preserve">K_W07, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma pogłębioną, podbudowaną teoretycznie wiedzę na temat działania oraz budowy pomiarowych systemów optyczno - informatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -865,51 +865,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W, I.P7S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka ZMPPO_2st_U01: </w:t>
       </w:r>
     </w:p>