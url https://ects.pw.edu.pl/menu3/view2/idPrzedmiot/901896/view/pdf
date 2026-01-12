--- v0 (2025-10-29)
+++ v1 (2026-01-12)
@@ -1317,67 +1317,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Oceny z laboratoriów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U01, K_U05</w:t>
+        <w:t xml:space="preserve">K_U05, K_U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, I.P7S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązać zadanie z zakresu optymalizacji wykorzystując funkcje zaimplementowane w bibliotekach MATLAB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>