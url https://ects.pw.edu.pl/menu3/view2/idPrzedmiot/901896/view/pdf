--- v1 (2026-01-12)
+++ v2 (2026-02-04)
@@ -1317,67 +1317,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Oceny z laboratoriów</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U05, K_U01</w:t>
+        <w:t xml:space="preserve">K_U01, K_U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_U, I.P7S_UU, I.P7S_UW.o, I.P7S_UK</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, I.P7S_UK, I.P7S_UU</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Potrafi rozwiązać zadanie z zakresu optymalizacji wykorzystując funkcje zaimplementowane w bibliotekach MATLAB</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1483,51 +1483,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KO, I.P7S_KR</w:t>
+        <w:t xml:space="preserve">I.P7S_KR, P7U_K, I.P7S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka PPM_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie potrzebę ciągłego samorozwoju i podnoszenia kompetencji zawodowych w obszarze stale rozwijanego oprogramowania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>