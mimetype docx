--- v0 (2026-01-12)
+++ v1 (2026-02-09)
@@ -864,51 +864,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W05, K_W06, K_W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WG.o, P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSYP_2st_U01: </w:t>
       </w:r>
     </w:p>
@@ -928,51 +928,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U06, K_U09</w:t>
+        <w:t xml:space="preserve">K_U09, K_U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>