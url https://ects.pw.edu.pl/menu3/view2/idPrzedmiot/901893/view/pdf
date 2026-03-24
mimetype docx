--- v1 (2026-02-09)
+++ v2 (2026-03-24)
@@ -928,51 +928,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zaliczenie projektu programistycznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_U09, K_U06</w:t>
+        <w:t xml:space="preserve">K_U06, K_U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1094,51 +1094,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_K, I.P7S_KK</w:t>
+        <w:t xml:space="preserve">I.P7S_KK, P7U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka MSYP_2st_K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Rozumie znaczenie wykorzystania otwartego oprogramowania w przedsiębiorstwie oraz znaczenie kosztów licencji w budżecie projektu rozwoju zaawansowanych technologii pomiarowych . </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>