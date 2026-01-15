--- v0 (2025-10-30)
+++ v1 (2026-01-15)
@@ -851,51 +851,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_WK, P7U_W</w:t>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EUDI_2st_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ma wiedzę w zakresie zamówień publicznych i ich realizacji uwzględniającą wymagania prawne Unii Europejskiej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>