--- v2 (2026-01-16)
+++ v3 (2026-02-28)
@@ -781,51 +781,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">III.P7S_WG, P7U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EUDI_2st_W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Zna europejskie prawodawstwo w zakresie ochrony własności intelektualnej oraz potrafi korzystać z zasobów informacji w tym zakresie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1071,51 +1071,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P7S_UK, I.P7S_UO, P7U_U</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK, I.P7S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka EUDI_2st_K01: </w:t>
       </w:r>
     </w:p>