--- v0 (2026-01-13)
+++ v1 (2026-02-05)
@@ -826,761 +826,761 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03, K_W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P7S_WG.o, III.P7S_WG, P7U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna metodykę projektowania urządzeń mechatronicznych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, sprawozdanie z ćwiczeń projektowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SYS_W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SYS_W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna metodykę projektowania urządzeń mechatronicznych </w:t>
+        <w:t xml:space="preserve">Zna struktury układów wykonawczych i pomiarowych urządzeń mechatronicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, sprawozdanie z ćwiczeń projektowych</w:t>
+        <w:t xml:space="preserve">Egzamin, prezentacje na ćwiczeniach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SYS_W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SYS_W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna struktury układów wykonawczych i pomiarowych urządzeń mechatronicznych</w:t>
+        <w:t xml:space="preserve">Zna specyfikę projektowania i wytwarzania układów optycznych wykorzystywanych w urządzeniach mechatronicznych </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, prezentacje na ćwiczeniach projektowych</w:t>
+        <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">K_W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna podstawowe pojęcia związane z bezpieczeństwem funkcjonalnym urządzeń oraz diagnostyką techniczną, a także wie, w jaki sposób można wpływać na zwiększenie niezawodności systemów.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W11</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_W06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Zna aktualny stan i tendencje występujące w budowie systemów mechatronicznych </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin, praca dyplomowa</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">K_W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Wie, na czym polega tolerowanie uszkodzeń i jakimi sposobami można je osiągnąć</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">K_W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka SYS_W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka SYS_W08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna specyfikę projektowania i wytwarzania układów optycznych wykorzystywanych w urządzeniach mechatronicznych </w:t>
+        <w:t xml:space="preserve">Wie, na czym polega projektowanie współbieżne i jakie są skutki jego stosowania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W08</w:t>
+        <w:t xml:space="preserve">K_W04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SYS_W05: </w:t>
+        <w:t xml:space="preserve">P7U_W, III.P7S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna podstawowe pojęcia związane z bezpieczeństwem funkcjonalnym urządzeń oraz diagnostyką techniczną, a także wie, w jaki sposób można wpływać na zwiększenie niezawodności systemów.</w:t>
+        <w:t xml:space="preserve">Umie zaproponować użytkową strukturę urządzenia mechatronicznego na podstawie wymagań zamawiającego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Prezentacja na ćwiczeniach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W11</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SYS_W06: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Zna aktualny stan i tendencje występujące w budowie systemów mechatronicznych </w:t>
+        <w:t xml:space="preserve">Umie zidentyfikować niezbędne ukłądywykonawcze i pomiarowe na podstawie analizy funkcji urządzenia mechatronicznego </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin, praca dyplomowa</w:t>
+        <w:t xml:space="preserve">Prezentacja na ćwiczeniach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W10</w:t>
+        <w:t xml:space="preserve">K_U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka SYS_W07: </w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka SYS_U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Wie, na czym polega tolerowanie uszkodzeń i jakimi sposobami można je osiągnąć</w:t>
+        <w:t xml:space="preserve">Potrafi zaproponować struktury układów wykonawczych i pomiarowych oraz dobrać ich poszczególne elementy składowe na podstawie danych katalogowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">Egzamin</w:t>
+        <w:t xml:space="preserve">Prezentacja na ćwiczeniach projektowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">K_W03</w:t>
+        <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P7U_W, I.P7S_WG.o, III.P7S_WG</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać integracji urządzenia mechatronicznego przez właściwy dobór algorytmów sterowania, jednostki sterującej, podzespołów elektronicznych i struktury mechanicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>