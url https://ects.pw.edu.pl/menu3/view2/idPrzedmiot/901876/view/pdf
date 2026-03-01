--- v1 (2026-02-05)
+++ v2 (2026-03-01)
@@ -1536,51 +1536,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K_U18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_UW.o, P7U_U, I.P7S_UW.o</w:t>
+        <w:t xml:space="preserve">P7U_U, I.P7S_UW.o, III.P7S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka SYS_U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Umie dokonać integracji urządzenia mechatronicznego przez właściwy dobór algorytmów sterowania, jednostki sterującej, podzespołów elektronicznych i struktury mechanicznej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>