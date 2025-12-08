--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -1353,51 +1353,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W09, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1423,67 +1423,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W10, W08</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1869,51 +1869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U08, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -2063,567 +2063,567 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U06, U02</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U10</w:t>
+        <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+        <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U06, U10</w:t>
+        <w:t xml:space="preserve">K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+        <w:t xml:space="preserve">I.P6S_KO, P6U_K</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+        <w:t xml:space="preserve">potrafi planować działania projektowe wg wymaganego terminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U06</w:t>
+        <w:t xml:space="preserve">K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
+        <w:t xml:space="preserve">potrafi samodzielnie pozyskiwać poszerzające informacje o rozwiązywanym problemie i dostępnych narzędziach programowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, I.P6S_KR, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">