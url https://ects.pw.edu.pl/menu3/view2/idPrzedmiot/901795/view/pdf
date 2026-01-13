--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -1143,1347 +1143,1347 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U10, U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
+        <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">K05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...779 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KO, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi planować działania projektowe wg wymaganego terminu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>