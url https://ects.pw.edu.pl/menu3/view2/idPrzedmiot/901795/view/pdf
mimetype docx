--- v2 (2026-01-13)
+++ v3 (2026-01-15)
@@ -1143,51 +1143,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1369,901 +1369,901 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">U07, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U06, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07</w:t>
+        <w:t xml:space="preserve">U02, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04</w:t>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...208 lines deleted...]
-        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...208 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>