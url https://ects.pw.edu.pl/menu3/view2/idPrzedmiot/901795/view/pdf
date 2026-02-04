--- v3 (2026-01-15)
+++ v4 (2026-02-04)
@@ -1283,1137 +1283,1137 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...779 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>