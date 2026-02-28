--- v4 (2026-02-04)
+++ v5 (2026-02-28)
@@ -1143,1277 +1143,1277 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">W09, W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
+        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W08: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania kompilatorów i interpreterów</w:t>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">U01, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U10, U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">rozumie potrzebę stałego aktualizowania i wzbogacania posiadanej wiedzy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">K01, K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...779 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma świadomość konieczności komunikowania się z otoczeniem, także pozazawodowym, w sposób zrozumiały dla odbiorcy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>