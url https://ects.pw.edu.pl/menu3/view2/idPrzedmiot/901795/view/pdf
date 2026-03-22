--- v5 (2026-02-28)
+++ v6 (2026-03-22)
@@ -1143,67 +1143,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W09, W08</w:t>
+        <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna metody rozstrzygalności głównych problemów decyzyjnych w klasach języków regularnych i bezkontekstowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1299,1041 +1299,1041 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_WG, P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08, W09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W09: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna metody i rozumie potrzebę modularyzacji przetwarzania danych</w:t>
+        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09</w:t>
+        <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W10: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie niebezpieczeństwa i wady nieodpowiedniego przetwarzania danych wejściowych w programach</w:t>
+        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W10</w:t>
+        <w:t xml:space="preserve">W05, W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W11: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">rozumie wady i zalety stosowania wyrażeń regularnych oraz ich implementację w dostępnych bibliotekach i językach</w:t>
+        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05, W08</w:t>
+        <w:t xml:space="preserve">U09, U01, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zdefiniować formalnie składnię języka w metanotacji EBNF (lub podobnej)</w:t>
+        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U04, U09</w:t>
+        <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcić gramatykę języka wg zadanych kryteriów (sprawdzić kryteria LL(1), usunąć produkcje jednostkowe, sprowadzić do postaci normalnej Chomskiego)</w:t>
+        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U07</w:t>
+        <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przekształcać dowolnie reprezentację języka regularnego (wyrażenia regularne, automaty skończone, gramatyki regularne)</w:t>
+        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07</w:t>
+        <w:t xml:space="preserve">U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zrealizować analizator leksykalny i parser rekursywnie zstępujący wg zadanej gramatyki</w:t>
+        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04</w:t>
+        <w:t xml:space="preserve">U04, U08, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zastosować model przetwarzania sterowanego składnią (schemat translacji) do prostych problemów obliczeniowych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U08, U10</w:t>
+        <w:t xml:space="preserve">U10, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaprojektować środowisko programowe do osadzenia akcji semantycznych dla prostego języka bezkontekstowego</w:t>
+        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">U02, U06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać generatory analizatorów leksykalnych i składniowych oraz integrować je we własnym programie</w:t>
+        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U10</w:t>
+        <w:t xml:space="preserve">U02, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U08: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi odpowiednio ustrukturalizować kod programu i schemat przetwarzania</w:t>
+        <w:t xml:space="preserve">potrafi w sposób bezpieczny implementować strumieniowe przetwarzanie żądań, tekstu itp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U06</w:t>
+        <w:t xml:space="preserve">U02, U06, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U09: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U11: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi stosować dobre wzorce programowania do przetwarzania tekstu</w:t>
+        <w:t xml:space="preserve">potrafi sprawnie posługiwać się wyrażeniami regularnymi</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwia, egzamin, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U10</w:t>
+        <w:t xml:space="preserve">U06, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...139 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>