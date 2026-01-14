--- v0 (2025-12-08)
+++ v1 (2026-01-14)
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W02, W03</w:t>
+        <w:t xml:space="preserve">W03, W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>