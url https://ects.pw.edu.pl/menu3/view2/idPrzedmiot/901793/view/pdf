--- v1 (2026-01-14)
+++ v2 (2026-02-06)
@@ -849,67 +849,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W06, W12</w:t>
+        <w:t xml:space="preserve">W06, W12, W01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe zasady doboru czujników i oceny ich ograniczeń w docelowej aplikacji</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -919,67 +919,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W03, W02</w:t>
+        <w:t xml:space="preserve">W02, W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1225,51 +1225,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03, U09, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>