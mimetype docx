--- v2 (2026-02-06)
+++ v3 (2026-02-27)
@@ -849,51 +849,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06, W12, W01</w:t>
+        <w:t xml:space="preserve">W01, W06, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1225,51 +1225,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03, U09, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>