--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -849,51 +849,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W01, W06, W12</w:t>
+        <w:t xml:space="preserve">W12, W01, W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1209,67 +1209,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U09, U10</w:t>
+        <w:t xml:space="preserve">U09, U10, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>