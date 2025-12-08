--- v0 (2025-10-27)
+++ v1 (2025-12-08)
@@ -884,51 +884,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P7S_WG, P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe zagadnienia systemów IoT i bezprzewodowych sieci czujników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1088,87 +1088,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U04, U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi programować roboty mobilne </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi programować roboty mobilne </w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać czujniki i budować sieci czujników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1187,318 +1257,248 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać czujniki i budować sieci czujników</w:t>
+        <w:t xml:space="preserve">potrafi programować systemy wizji maszynowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U04, U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi programować systemy wizji maszynowej</w:t>
+        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperymenty, przedstawić wyniki badań w formie sprawozdania, potrafi uczestniczyć w dyskusji na temat wykonanej pracy i przekonująco przedstawić zalety i wady zastosowanego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U03, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperymenty, przedstawić wyniki badań w formie sprawozdania, potrafi uczestniczyć w dyskusji na temat wykonanej pracy i przekonująco przedstawić zalety i wady zastosowanego rozwiązania</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U04, U09</w:t>
+        <w:t xml:space="preserve">U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność samokształcenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>