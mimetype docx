--- v1 (2025-12-08)
+++ v2 (2026-01-24)
@@ -1088,87 +1088,157 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01, U03, U04</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi programować roboty mobilne </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U04, U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi programować roboty mobilne </w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać czujniki i budować sieci czujników</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1187,58 +1257,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać czujniki i budować sieci czujników</w:t>
+        <w:t xml:space="preserve">potrafi programować systemy wizji maszynowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1257,248 +1327,178 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi programować systemy wizji maszynowej</w:t>
+        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperymenty, przedstawić wyniki badań w formie sprawozdania, potrafi uczestniczyć w dyskusji na temat wykonanej pracy i przekonująco przedstawić zalety i wady zastosowanego rozwiązania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U01, U03</w:t>
+        <w:t xml:space="preserve">U03, U04, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperymenty, przedstawić wyniki badań w formie sprawozdania, potrafi uczestniczyć w dyskusji na temat wykonanej pracy i przekonująco przedstawić zalety i wady zastosowanego rozwiązania</w:t>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U04, U09</w:t>
+        <w:t xml:space="preserve">U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
+        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność samokształcenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>