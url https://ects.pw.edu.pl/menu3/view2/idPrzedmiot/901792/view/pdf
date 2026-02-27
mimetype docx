--- v2 (2026-01-24)
+++ v3 (2026-02-27)
@@ -1158,51 +1158,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U04, U01, U03</w:t>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1368,67 +1368,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U04, U09</w:t>
+        <w:t xml:space="preserve">U09, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi pracować indywidualnie oraz w zespole</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1454,51 +1454,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UO, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność samokształcenia się</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>