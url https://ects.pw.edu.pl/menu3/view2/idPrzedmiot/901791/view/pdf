--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -1442,51 +1442,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>