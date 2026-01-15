--- v1 (2025-12-08)
+++ v2 (2026-01-15)
@@ -942,71 +942,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05, W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1025,58 +1095,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1087,486 +1157,416 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi dokonać analizy przebiegu wykonania algorytmów uczenia się i zweryfikować ich wyniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oceniać jakość klasyfikatorów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi implementować podstawowe algorytmy uczenia się i stosować je do zadań praktycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
+        <w:t xml:space="preserve">stosuje właściwe metody komunikacji ustnej i pisemnej w zakresie formułowania zadań uczenia się i przedstawiania wyników algorytmów uczenia maszynowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">efektywnie współpracuje w zespole przy pracach implementacyjnych i badawczych dotyczących uczenia maszynowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>