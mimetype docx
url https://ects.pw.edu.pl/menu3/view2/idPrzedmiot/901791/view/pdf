--- v2 (2026-01-15)
+++ v3 (2026-02-07)
@@ -942,71 +942,211 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05, W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W06</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości klasyfikatorów liniowych</w:t>
+        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1017,556 +1157,416 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się języków regularnych</w:t>
+        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
+        <w:t xml:space="preserve">potrafi dokonać analizy przebiegu wykonania algorytmów uczenia się i zweryfikować ich wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W06</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi oceniać jakość klasyfikatorów</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi implementować podstawowe algorytmy uczenia się i stosować je do zadań praktycznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wykorzystywać elementy obliczeniowej teorii uczenia się do oceny złożoności zadań i wymaganej liczby przykładów trenujących</w:t>
+        <w:t xml:space="preserve">stosuje właściwe metody komunikacji ustnej i pisemnej w zakresie formułowania zadań uczenia się i przedstawiania wyników algorytmów uczenia maszynowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">kolokwium</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...289 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">efektywnie współpracuje w zespole przy pracach implementacyjnych i badawczych dotyczących uczenia maszynowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>