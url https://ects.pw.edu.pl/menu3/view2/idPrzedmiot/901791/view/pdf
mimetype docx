--- v3 (2026-02-07)
+++ v4 (2026-03-22)
@@ -1082,51 +1082,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W06</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna zasady działania i właściwości podstawowych algorytmów uczenia się ze wzmocnieniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1442,51 +1442,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, III.P6S_UW.o, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>