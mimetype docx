--- v0 (2025-11-03)
+++ v1 (2026-01-13)
@@ -862,51 +862,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W02, W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę dotyczącą zjawisk wstrzykiwania i ekstrakcji nośników (np. w złączach p-n, m-s)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -986,67 +986,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W02, W03</w:t>
+        <w:t xml:space="preserve">W03, W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1276,67 +1276,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03, U01</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wykorzystać równania transportu (prądu, ciągłości i Poissona) do określenia czasowoprzestrzennych rozkładów nośników w wyróżnionym obszarze półprzewodnika
 u6: potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1573,51 +1573,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1783,51 +1783,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U12: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie pracować indywidualnie i w zespole, dzielić zadania pomiędzy członków zespołu, dyskutować i wspólnie wyciągać wnioski</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>