--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -1002,51 +1002,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W03, W02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P7S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1573,51 +1573,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>