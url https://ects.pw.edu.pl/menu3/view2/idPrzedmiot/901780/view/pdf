--- v2 (2026-01-14)
+++ v3 (2026-02-07)
@@ -986,51 +986,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W03, W02</w:t>
+        <w:t xml:space="preserve">W02, W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
@@ -1573,51 +1573,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U03, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U09: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi (w stopniu podstawowym) powiązać uzyskane dane pomiarowe i obliczeniowe z własnościami oraz parametrami fizycznymi struktury (np. oszacować szerokość przerwy energetycznej w półprzewodniku, określić poziom domieszkowania półprzewodnika, grubość tlenku podbramkowego w strukturze MOS, ładunek efektywny w tlenku itp.)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1627,67 +1627,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03</w:t>
+        <w:t xml:space="preserve">U03, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U10: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>