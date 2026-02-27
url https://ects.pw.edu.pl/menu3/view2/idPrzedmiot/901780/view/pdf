--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1292,51 +1292,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wykorzystać równania transportu (prądu, ciągłości i Poissona) do określenia czasowoprzestrzennych rozkładów nośników w wyróżnionym obszarze półprzewodnika
 u6: potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1627,121 +1627,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U01, U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U03, U01</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>