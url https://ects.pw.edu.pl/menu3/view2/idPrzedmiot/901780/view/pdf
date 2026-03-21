--- v4 (2026-02-27)
+++ v5 (2026-03-21)
@@ -1152,191 +1152,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">umie oszacować równowagowe koncentracje nośników ładunku w półprzewodnikach samoistnych i domieszkowanych (przy różnych poziomach domieszkowania) z uwzględnieniem wpływu temperatury</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">umie oszacować równowagowe koncentracje nośników ładunku w półprzewodnikach samoistnych i domieszkowanych (przy różnych poziomach domieszkowania) z uwzględnieniem wpływu temperatury</w:t>
+        <w:t xml:space="preserve">potrafi określić podstawowe parametry półprzewodników związane ze stanem nierównowagi termodynamicznej, rozróżnia i rozpoznaje czynniki wywołujące przepływ prądu w podstawowych przyrządach półprzewodnikowych oraz potrafi oszacować wartości odpowiednich prądów (unoszenia, dyfuzji)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wykorzystać równania transportu (prądu, ciągłości i Poissona) do określenia czasowoprzestrzennych rozkładów nośników w wyróżnionym obszarze półprzewodnika
 u6: potrafi zmierzyć podstawowe charakterystyki prądowo-napięciowe prostych elementów półprzewodnikowych (np. fotorezystora, fotodiody, termistora, diod ze złączem m-s i p-n)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -1627,121 +1627,121 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">U03, U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U10: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">w stopniu podstawowym ocenia poprawność dokonanych pomiarów oraz dokonuje podstawowej analizy błędów (zgodność lub niezgodność z przebiegami teoretycznymi, wyjaśnienie podstawowych przyczyny nieidealności charakterystyk); próbuje formułować samodzielne wnioski podsumowujące uzyskane wyniki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">U01, U03</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">U03, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>