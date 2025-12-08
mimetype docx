--- v0 (2025-11-04)
+++ v1 (2025-12-08)
@@ -998,51 +998,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W02, W03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P7S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P7S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>