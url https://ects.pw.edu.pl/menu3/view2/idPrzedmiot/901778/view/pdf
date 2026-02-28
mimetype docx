--- v1 (2025-12-08)
+++ v2 (2026-02-28)
@@ -1202,51 +1202,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U04</w:t>
+        <w:t xml:space="preserve">U03, U04, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>