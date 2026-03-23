--- v2 (2026-02-28)
+++ v3 (2026-03-23)
@@ -1062,191 +1062,191 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03</w:t>
+        <w:t xml:space="preserve">U03, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi w prostych przypadkach sformułować i rozwiązać liniowe równanie falowe. Potrafi opisać matematycznie proste typy fal</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi w prostych przypadkach sformułować i rozwiązać liniowe równanie falowe. Potrafi opisać matematycznie proste typy fal</w:t>
+        <w:t xml:space="preserve">wyznaczyć pole elektryczne i magnetyczne pochodzące od prostych rozkładów ładunków i prądów, korzystając z prawa Coulomba, Gaussa, Biota-Savarta i Ampere’a, oraz wyznaczyć siłę elektromotoryczną indukcji, korzystając z prawa Faradaya, i rozwiązywać elementarne problemy z elektrodynamiki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">U03, U04, U01</w:t>
+        <w:t xml:space="preserve">U01, U03, U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>