--- v0 (2025-10-31)
+++ v1 (2025-12-08)
@@ -899,51 +899,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U02, U05, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi określić priorytety służące realizacji zadania, wyznaczonego przez siebie lub przełożonego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>