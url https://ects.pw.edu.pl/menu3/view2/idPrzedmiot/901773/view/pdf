--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U05, U10</w:t>
+        <w:t xml:space="preserve">U05, U10, U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>