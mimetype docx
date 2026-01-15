--- v2 (2026-01-13)
+++ v3 (2026-01-15)
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W10, W13, W14</w:t>
+        <w:t xml:space="preserve">W14, W10, W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -883,51 +883,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05, U10, U01, U02</w:t>
+        <w:t xml:space="preserve">U01, U02, U05, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>