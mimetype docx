--- v3 (2026-01-15)
+++ v4 (2026-02-04)
@@ -733,67 +733,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W13, W14</w:t>
+        <w:t xml:space="preserve">W14, W13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK</w:t>
+        <w:t xml:space="preserve">I.P6S_WK, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna warunki pracy, w tym zasady bezpieczeństwa i higieny pracy, związane z zatrudnieniem w środowisku właściwym dla inżynierów – absolwentów studiów na kierunku informatyka</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -803,67 +803,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W14, W10, W13</w:t>
+        <w:t xml:space="preserve">W10, W13, W14</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WK, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG, I.P6S_WK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1023,67 +1023,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U08, U10</w:t>
+        <w:t xml:space="preserve">U10, U07, U08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>