--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -791,51 +791,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W07, W08, W09, W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę niezbędną do rozumienia ekonomicznych i prawnych uwarunkowań dotyczących projektu w informatyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>