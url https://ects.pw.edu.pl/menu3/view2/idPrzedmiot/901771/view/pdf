--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W07, W08, W09, W11</w:t>
+        <w:t xml:space="preserve">W08, W09, W11, W07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę niezbędną do rozumienia ekonomicznych i prawnych uwarunkowań dotyczących projektu w informatyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1371,51 +1371,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
+        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest gotów do zrozumienia ekonomicznych, społecznych i innych pozatechnicznych aspektów i skutków wykonanego projektu oraz związanej z tym odpowiedzialności za podejmowane decyzje i realizowane zadania; jest gotów do podejmowania decyzji i przyjmowania odpowiedzialności za skutki tych decyzji i podejmowanych działań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>