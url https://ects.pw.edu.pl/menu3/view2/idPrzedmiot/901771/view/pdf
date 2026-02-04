--- v2 (2026-01-13)
+++ v3 (2026-02-04)
@@ -775,67 +775,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, raport</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08, W09, W11, W07</w:t>
+        <w:t xml:space="preserve">W07, W08, W09, W11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma podstawową wiedzę niezbędną do rozumienia ekonomicznych i prawnych uwarunkowań dotyczących projektu w informatyce</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1151,271 +1151,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi – przy identyfikowaniu problemów i formułowaniu specyfikacji zadań inżynierskich oraz problemów badawczych związanych z wykonaniem złożonego i nietypowego projektu inżynierskiego dotyczącego integracji systemów informatycznych – dostrzec i uwzględnić ich aspekty systemowe i pozatechniczne (ekonomiczne, społeczne, etyczne, czynnik ludzki i inne) oraz dokonać wstępnej oceny ekonomicznej proponowanych rozwiązań</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">raport, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi – przy identyfikowaniu problemów i formułowaniu specyfikacji zadań inżynierskich oraz problemów badawczych związanych z wykonaniem złożonego i nietypowego projektu inżynierskiego dotyczącego integracji systemów informatycznych – dostrzec i uwzględnić ich aspekty systemowe i pozatechniczne (ekonomiczne, społeczne, etyczne, czynnik ludzki i inne) oraz dokonać wstępnej oceny ekonomicznej proponowanych rozwiązań</w:t>
+        <w:t xml:space="preserve">potrafi uczestniczyć w dyskusji na tematy techniczne, dotyczące wykonania projektu, jego przebiegu, zwłaszcza związane bezpośrednio lub pośrednio z informatyką, dokonywać ocen przedstawianych rozwiązań i opinii</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">raport, egzamin</w:t>
+        <w:t xml:space="preserve">egzamin, prezentacja</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05</w:t>
+        <w:t xml:space="preserve">U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi uczestniczyć w dyskusji na tematy techniczne, dotyczące wykonania projektu, jego przebiegu, zwłaszcza związane bezpośrednio lub pośrednio z informatyką, dokonywać ocen przedstawianych rozwiązań i opinii</w:t>
+        <w:t xml:space="preserve">jest gotów do uznawania znaczenia wiedzy w rozwiązywaniu problemów poznawczych i praktycznych związanych z wykonaniem złożonego i nietypowego projektu inżynierskiego dotyczącego integracji systemów informatycznych oraz zasięgania opinii ekspertów w przypadku trudności w samodzielnym rozwiązywaniu problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin, prezentacja</w:t>
+        <w:t xml:space="preserve">prezentacja, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U10</w:t>
+        <w:t xml:space="preserve">K03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, III.P6S_UW.o</w:t>
-[...79 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_KR, P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK, I.P6S_KR</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest gotów do zrozumienia ekonomicznych, społecznych i innych pozatechnicznych aspektów i skutków wykonanego projektu oraz związanej z tym odpowiedzialności za podejmowane decyzje i realizowane zadania; jest gotów do podejmowania decyzji i przyjmowania odpowiedzialności za skutki tych decyzji i podejmowanych działań</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>