--- v0 (2025-11-02)
+++ v1 (2025-12-08)
@@ -796,341 +796,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U02, U07, U08, U09, U01</w:t>
+        <w:t xml:space="preserve">U07, U08, U09, U01, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć bezpieczny kod sieciowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
+        <w:t xml:space="preserve">U02, U07, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>