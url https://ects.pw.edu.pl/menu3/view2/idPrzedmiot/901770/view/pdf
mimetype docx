--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -796,271 +796,271 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi tworzyć bezpieczny kod sieciowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>