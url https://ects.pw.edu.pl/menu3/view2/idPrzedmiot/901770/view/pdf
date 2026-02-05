--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -866,51 +866,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1086,51 +1086,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U02, U07, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>