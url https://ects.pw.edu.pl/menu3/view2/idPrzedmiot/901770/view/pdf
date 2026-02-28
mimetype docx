--- v3 (2026-02-05)
+++ v4 (2026-02-28)
@@ -946,191 +946,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć bezpieczny kod sieciowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
+        <w:t xml:space="preserve">U07, U09, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>