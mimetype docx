--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -796,341 +796,341 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08, W10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe narzędzia służące do tworzenia oprogramowania sieciowego</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">projekt, laboratorium, kolokwium</w:t>
+        <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu klient–serwer działającego w środowisku sieciowym</w:t>
+        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
+        <w:t xml:space="preserve">U07, U08, U01, U09, U02</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeanalizować, zmodyfikować stworzyć samodzielnie oraz przetestować kod systemu RPC</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć bezpieczny kod sieciowy</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, projekt</w:t>
+        <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U07, U08, U09</w:t>
+        <w:t xml:space="preserve">U09, U02, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UO, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i przeprowadzić eksperyment, przedstawić wyniki z badań i pomiarów w formie czytelnego sprawozdania</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>