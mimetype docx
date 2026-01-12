--- v0 (2025-11-01)
+++ v1 (2026-01-12)
@@ -1003,67 +1003,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05, U06</w:t>
+        <w:t xml:space="preserve">U06, U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie realizować powierzone zadania związane analizą zagrożeń i ich niwelacją w grupie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>