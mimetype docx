--- v2 (2026-02-05)
+++ v3 (2026-03-21)
@@ -1003,51 +1003,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U05, U06</w:t>
+        <w:t xml:space="preserve">U06, U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1239,51 +1239,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">jest świadomy metod socjotechnicznych stanowiących zagrożenie dla bezpieczeństwa wrażliwych systemów informatycznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>