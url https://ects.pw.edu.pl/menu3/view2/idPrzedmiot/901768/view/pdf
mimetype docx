--- v1 (2025-12-08)
+++ v2 (2026-01-13)
@@ -794,71 +794,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">zna podstawowe techniki przetwarzania danych multimedialnych, w tym standardy kompresji dźwięku i obrazu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W12</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W02: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe techniki przetwarzania danych multimedialnych, w tym standardy kompresji dźwięku i obrazu</w:t>
+        <w:t xml:space="preserve">zna podstawowe metody przesyłania danych multimedialnych w sieciach internetowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -877,58 +947,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe metody przesyłania danych multimedialnych w sieciach internetowych</w:t>
+        <w:t xml:space="preserve">zna budowę przetworników fonicznych (mikrofony, głośniki) oraz elektrooptycznych (CCD/CMOS, LCD/OLED)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -947,58 +1017,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna budowę przetworników fonicznych (mikrofony, głośniki) oraz elektrooptycznych (CCD/CMOS, LCD/OLED)</w:t>
+        <w:t xml:space="preserve">zna podstawowe metody grafiki komputerowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1009,336 +1079,266 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">zna podstawowe metody grafiki komputerowej</w:t>
+        <w:t xml:space="preserve">potrafi przeprowadzić analizę sygnału i scharakteryzować jego podstawowe parametry</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">egzamin</w:t>
+        <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W12</w:t>
+        <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przeprowadzić analizę sygnału i scharakteryzować jego podstawowe parametry</w:t>
+        <w:t xml:space="preserve">potrafi wybrać techniki przetwarzania, np. standard kodowania, do realizacji systemu multimedialnego z uwzględnieniem obiektywnych i subiektywnych kryteriów jakości oraz ograniczeń kanału transmisyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03</w:t>
+        <w:t xml:space="preserve">U01, U06, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi wybrać techniki przetwarzania, np. standard kodowania, do realizacji systemu multimedialnego z uwzględnieniem obiektywnych i subiektywnych kryteriów jakości oraz ograniczeń kanału transmisyjnego</w:t>
+        <w:t xml:space="preserve">potrafi przygotować aplikację komputerową realizującą wybrany algorytm przetwarzania danych multimedialnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U06, U09</w:t>
+        <w:t xml:space="preserve">U09, U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-[...69 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opracować środowisko testowe i przeprowadzić testy aplikacji komputerowych do przetwarzania danych multimedialnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>