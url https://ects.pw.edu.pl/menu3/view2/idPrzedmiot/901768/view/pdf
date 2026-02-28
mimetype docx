--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -794,51 +794,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W01, W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">zna podstawowe techniki przetwarzania danych multimedialnych, w tym standardy kompresji dźwięku i obrazu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1154,51 +1154,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wybrać techniki przetwarzania, np. standard kodowania, do realizacji systemu multimedialnego z uwzględnieniem obiektywnych i subiektywnych kryteriów jakości oraz ograniczeń kanału transmisyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,51 +1208,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U06, U09</w:t>
+        <w:t xml:space="preserve">U06, U09, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1278,67 +1278,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U09, U07</w:t>
+        <w:t xml:space="preserve">U07, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi opracować środowisko testowe i przeprowadzić testy aplikacji komputerowych do przetwarzania danych multimedialnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>