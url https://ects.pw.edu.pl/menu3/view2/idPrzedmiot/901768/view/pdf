--- v3 (2026-02-28)
+++ v4 (2026-03-21)
@@ -1074,51 +1074,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W12</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1154,51 +1154,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wybrać techniki przetwarzania, np. standard kodowania, do realizacji systemu multimedialnego z uwzględnieniem obiektywnych i subiektywnych kryteriów jakości oraz ograniczeń kanału transmisyjnego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1208,51 +1208,51 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U06, U09, U01</w:t>
+        <w:t xml:space="preserve">U01, U06, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1348,67 +1348,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena realizacji zadań laboratoryjnych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U07, U09</w:t>
+        <w:t xml:space="preserve">U07, U09, U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UK, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Toc4"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>