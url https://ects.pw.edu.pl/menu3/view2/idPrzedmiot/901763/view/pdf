--- v0 (2025-12-08)
+++ v1 (2026-01-15)
@@ -1366,67 +1366,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U11, U01, U03</w:t>
+        <w:t xml:space="preserve">U01, U03, U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi implementować podstawowe metody uczenia maszynowego, definiować i rozwiązywać zadania klasyfikacji i regresji oraz uczenia ze wzmocnieniem</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1452,51 +1452,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U03, U11</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyrazić wiedzę w języku rachunku predykatów oraz zaimplementować system automatycznego wnioskowania posługujący się tą wiedzą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>