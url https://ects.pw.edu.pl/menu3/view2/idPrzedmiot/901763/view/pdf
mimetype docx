--- v1 (2026-01-15)
+++ v2 (2026-03-21)
@@ -1436,67 +1436,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">egzamin, ćwiczenia</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U03, U11</w:t>
+        <w:t xml:space="preserve">U11, U01, U03</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">umie wyrazić wiedzę w języku rachunku predykatów oraz zaimplementować system automatycznego wnioskowania posługujący się tą wiedzą</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>