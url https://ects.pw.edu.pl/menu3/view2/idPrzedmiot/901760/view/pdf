--- v0 (2025-11-04)
+++ v1 (2026-01-12)
@@ -1498,51 +1498,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zastosować jeden z istniejących mechanizmów tworzenia warstwy dostępu do danych w aplikacjach użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>