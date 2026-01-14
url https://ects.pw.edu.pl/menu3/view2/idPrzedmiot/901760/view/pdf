--- v1 (2026-01-12)
+++ v2 (2026-01-14)
@@ -1428,121 +1428,121 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować i praktycznie zrealizować aplikację wykorzystującą wątki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-      </w:r>
-[...68 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zastosować jeden z istniejących mechanizmów tworzenia warstwy dostępu do danych w aplikacjach użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>