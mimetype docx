--- v2 (2026-01-14)
+++ v3 (2026-02-27)
@@ -1208,51 +1208,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Toc3"/>
       <w:r>
         <w:t>Profil ogólnoakademicki - umiejętności</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
@@ -1428,51 +1428,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaprojektować i praktycznie zrealizować aplikację wykorzystującą wątki</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>