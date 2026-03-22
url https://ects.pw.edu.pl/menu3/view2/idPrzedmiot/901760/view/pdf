--- v3 (2026-02-27)
+++ v4 (2026-03-22)
@@ -928,71 +928,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">student zna biblioteki umożliwiające tworzenie interfejsów użytkownika</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt, kolokwium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna biblioteki umożliwiające tworzenie interfejsów użytkownika</w:t>
+        <w:t xml:space="preserve">student zna wzorce projektowe wykorzystywane do tworzenia interfejsów użytkownika i potrafi świadomie wybrać wzorzec odpowiedni dla tworzonej aplikacji (oraz umożliwiający przeprowadzenie testów automatycznych)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1011,58 +1081,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W05: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna wzorce projektowe wykorzystywane do tworzenia interfejsów użytkownika i potrafi świadomie wybrać wzorzec odpowiedni dla tworzonej aplikacji (oraz umożliwiający przeprowadzenie testów automatycznych)</w:t>
+        <w:t xml:space="preserve">student zna podstawowe mechanizmy wykorzystywane w aplikacjach webowych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1081,58 +1151,58 @@
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W06: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna podstawowe mechanizmy wykorzystywane w aplikacjach webowych</w:t>
+        <w:t xml:space="preserve">student zna podstawowe metody tworzenia warstwy dostępu do danych, rozumie potrzebę stosowania istniejących bibliotek zamiast tworzenia tej warstwy ręcznie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -1143,476 +1213,406 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o, III.P6S_WG</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W07: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">student zna podstawowe metody tworzenia warstwy dostępu do danych, rozumie potrzebę stosowania istniejących bibliotek zamiast tworzenia tej warstwy ręcznie</w:t>
+        <w:t xml:space="preserve">potrafi tworzyć i zarządzać testami automatycznymi przy testowaniu aplikacji z interfejsem użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować, zrealizować, przetestować i ocenić – ze względu na właściwie dobrany zestaw kryteriów,  system informatyczny</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi praktycznie zastosować metody asynchroniczne w tworzonych aplikacjach</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">projekt</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi zaprojektować i praktycznie zrealizować aplikację wykorzystującą wątki</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">projekt, kolokwium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W08</w:t>
+        <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, III.P6S_WG, P6U_W</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi tworzyć i zarządzać testami automatycznymi przy testowaniu aplikacji z interfejsem użytkownika</w:t>
+        <w:t xml:space="preserve">potrafi zastosować jeden z istniejących mechanizmów tworzenia warstwy dostępu do danych w aplikacjach użytkownika</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">projekt</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U03</w:t>
+        <w:t xml:space="preserve">U07</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...279 lines deleted...]
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U06: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma umiejętność samokształcenia – elementem projektu będzie zastosowanie jednej z aktualnych bibliotek do tworzenia interfejsu użytkownika, które nie będą szczegółowo omawiane na wykładzie</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>