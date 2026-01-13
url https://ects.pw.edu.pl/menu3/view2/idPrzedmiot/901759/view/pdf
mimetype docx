--- v0 (2025-10-31)
+++ v1 (2026-01-13)
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi sformułować specyfikację prostego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>