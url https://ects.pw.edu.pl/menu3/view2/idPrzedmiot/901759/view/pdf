--- v1 (2026-01-13)
+++ v2 (2026-02-05)
@@ -907,51 +907,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U04, U05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi sformułować specyfikację prostego zadania inżynierskiego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -961,67 +961,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U07, U09, U10</w:t>
+        <w:t xml:space="preserve">U10, U07, U09</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i wykonać zadania związane z realizacją projektu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>