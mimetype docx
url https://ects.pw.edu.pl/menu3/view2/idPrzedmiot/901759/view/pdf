--- v2 (2026-02-05)
+++ v3 (2026-02-27)
@@ -837,191 +837,191 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">U01, U02, U10</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wykorzystać metody analityczne, symulacyjne lub eksperymentalne do formułowania i rozwiązywania zadań inżynierskich z uwzględnieniem aspektów pozatechnicznych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U04, U05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi sformułować specyfikację prostego zadania inżynierskiego</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07, U09, U10</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
-      </w:r>
-[...138 lines deleted...]
-        <w:t xml:space="preserve">I.P6S_UK, III.P6S_UW.o, P6U_U, I.P6S_UW.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi zaplanować i wykonać zadania związane z realizacją projektu dyplomowego</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>