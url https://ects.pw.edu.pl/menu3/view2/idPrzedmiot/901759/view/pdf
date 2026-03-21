--- v3 (2026-02-27)
+++ v4 (2026-03-21)
@@ -821,67 +821,67 @@
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ocena pracy w czasie semestru, ocena sprawozdania z pracowni dyplomowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01, U02, U10</w:t>
+        <w:t xml:space="preserve">U02, U10, U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_UW.o, III.P6S_UW.o, P6U_U, I.P6S_UK</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o, I.P6S_UK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka U02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">potrafi wykorzystać metody analityczne, symulacyjne lub eksperymentalne do formułowania i rozwiązywania zadań inżynierskich z uwzględnieniem aspektów pozatechnicznych</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>