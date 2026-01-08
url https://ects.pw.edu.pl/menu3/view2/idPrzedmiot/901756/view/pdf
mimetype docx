--- v0 (2025-12-08)
+++ v1 (2026-01-08)
@@ -869,71 +869,141 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
+        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">ma wiedzę dotyczącą konstruowania algorytmów, zna zagadnienia dotyczące złożoności obliczeniowej</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium, egzamin</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">W05</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Charakterystyka W03: </w:t>
+        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę dotyczącą konstruowania algorytmów, zna zagadnienia dotyczące złożoności obliczeniowej</w:t>
+        <w:t xml:space="preserve">ma wiedzę obejmującą lingwistykę matematyczną oraz automaty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">laboratorium, egzamin</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
@@ -944,696 +1014,626 @@
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:keepNext w:val="1"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka W04: </w:t>
+        <w:pStyle w:val="Heading3"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - umiejętności</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">ma wiedzę obejmującą lingwistykę matematyczną oraz automaty</w:t>
+        <w:t xml:space="preserve">potrafi przygotować środowisko pracy programisty</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium, egzamin</w:t>
+        <w:t xml:space="preserve">laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">W05</w:t>
+        <w:t xml:space="preserve">U01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U02: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi napisać kod programu wykorzystujący proste oraz złożone struktury danych i algorytmy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U03: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi samodzielnie rozwiązać proste zadania programistyczne dobierając do ich rozwiązania odpowiednie struktury danych oraz algorytmy</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U02, U07</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U04: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przetestować i poprawnie ocenić złożoność obliczeniową kodu programu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U03</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U05: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi przygotować prostą dokumentację przedstawiającą algorytm rozwiązania zadanego problemu</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U09</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UK</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U06: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi wyszukać niezbędne informacje w zasobach literaturowych</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U01</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka U07: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">potrafi pracować indywidualnie i w zespole</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="60"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">Weryfikacja: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">laboratorium</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">U08</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="20" w:after="190"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr/>
+        <w:t xml:space="preserve">P6U_U, I.P6S_UO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc3"/>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">Charakterystyka U01: </w:t>
+      <w:bookmarkStart w:id="4" w:name="_Toc4"/>
+      <w:r>
+        <w:t>Profil ogólnoakademicki - kompetencje społeczne</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:keepNext w:val="1"/>
+        <w:spacing w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Charakterystyka K01: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">potrafi przygotować środowisko pracy programisty</w:t>
+        <w:t xml:space="preserve">krytycznie ocenia posiadaną wiedzę i przekazywane treści</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Weryfikacja: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">laboratorium</w:t>
+        <w:t xml:space="preserve">egzamin, laboratorium</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">U01</w:t>
+        <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">P6U_U, I.P6S_UW.o, III.P6S_UW.o</w:t>
-[...499 lines deleted...]
-        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
+        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie znaczenie wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz potrzebę zasięgania opinii ekspertów w przypadku trudności w samodzielnym rozwiązywaniu problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>