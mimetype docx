--- v1 (2026-01-08)
+++ v2 (2026-02-05)
@@ -869,51 +869,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">W05</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_WG.o, P6U_W</w:t>
+        <w:t xml:space="preserve">P6U_W, I.P6S_WG.o</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka W03: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">ma wiedzę dotyczącą konstruowania algorytmów, zna zagadnienia dotyczące złożoności obliczeniowej</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>
@@ -1589,51 +1589,51 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki kierunkowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">K01</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="20" w:after="190"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Powiązane charakterystyki obszarowe: </w:t>
       </w:r>
       <w:r>
         <w:rPr/>
-        <w:t xml:space="preserve">I.P6S_KK, P6U_K</w:t>
+        <w:t xml:space="preserve">P6U_K, I.P6S_KK</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Charakterystyka K02: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">rozumie znaczenie wiedzy w rozwiązywaniu problemów poznawczych i praktycznych oraz potrzebę zasięgania opinii ekspertów w przypadku trudności w samodzielnym rozwiązywaniu problemu</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="60"/>